--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58de7d1e942444d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71b2d85bffd4014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d49cc3e4b834dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e61b07b8934c61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f7c0374bdc4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d49cc3e4b834dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590830f4d63f4c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e61b07b8934c61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.60% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>103,965</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,175</x:t>
-[...16 lines deleted...]
-          <x:t>106,695</x:t>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,585</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>106,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>