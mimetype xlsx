--- v1 (2026-01-12)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71b2d85bffd4014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc2a5d0e08440e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e61b07b8934c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eeef488c3e547d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590830f4d63f4c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e61b07b8934c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebd4ba21a93c4f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eeef488c3e547d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.60% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>101,045</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,995</x:t>
-[...146 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,005</x:t>
-[...26 lines deleted...]
-          <x:t>103,845</x:t>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,945</x:t>
-[...9 lines deleted...]
-          <x:t>103,585</x:t>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>