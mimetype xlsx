--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc2a5d0e08440e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b8699d266f4d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eeef488c3e547d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra60e0997db3a42b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebd4ba21a93c4f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eeef488c3e547d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a3aa359357492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra60e0997db3a42b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.60% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>103,935</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,575</x:t>
-[...48 lines deleted...]
-          <x:t>103,975</x:t>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,865</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>103,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,105</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>