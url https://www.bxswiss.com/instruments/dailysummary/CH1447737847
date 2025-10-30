--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67cce3d3312d44bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159b27d0ef424a7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa4860626d9749a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf8d348fc8d4b73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81eeaa436aa4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa4860626d9749a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f1605288f24789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf8d348fc8d4b73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>101,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>101,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,405</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,555</x:t>
-[...6 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,625</x:t>
-[...85 lines deleted...]
-          <x:t>101,865</x:t>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>102,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>102,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,330</x:t>
-[...4 lines deleted...]
-          <x:t>102,460</x:t>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>