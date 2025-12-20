--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159b27d0ef424a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27cb0ea215f4882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf8d348fc8d4b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782f2f0c60c443af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f1605288f24789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf8d348fc8d4b73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd005848463d454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782f2f0c60c443af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>100,945</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>100,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>100,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>103,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>