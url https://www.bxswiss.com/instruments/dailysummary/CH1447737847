--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27cb0ea215f4882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5cee3ff3b8142be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782f2f0c60c443af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d81a158d0549ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd005848463d454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782f2f0c60c443af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dc88e264a140f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d81a158d0549ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>100,180</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,030</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>100,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>