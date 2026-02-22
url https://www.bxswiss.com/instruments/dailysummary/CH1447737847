--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5cee3ff3b8142be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cac4281f6ea467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d81a158d0549ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d51570f23d432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dc88e264a140f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d81a158d0549ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fc4fe328e4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d51570f23d432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,040</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>