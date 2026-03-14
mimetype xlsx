--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cac4281f6ea467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172c58e9f1f0431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d51570f23d432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6caaf50ad01494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fc4fe328e4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d51570f23d432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23dc4d2037aa485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6caaf50ad01494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>95,470</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>96,880</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,000</x:t>
-[...33 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,560</x:t>
-[...4 lines deleted...]
-          <x:t>92,740</x:t>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>94,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>94,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>95,110</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>