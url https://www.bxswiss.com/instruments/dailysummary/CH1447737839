--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212abd86a9f24465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cda7bc54edc4fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab23225fc661492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4817a04449a74f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fc8aef19e434c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab23225fc661492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dcb33292934215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4817a04449a74f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>102,300</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,000</x:t>
-[...16 lines deleted...]
-          <x:t>102,120</x:t>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,150</x:t>
-[...431 lines deleted...]
-          <x:t>102,570</x:t>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>