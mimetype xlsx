--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cda7bc54edc4fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317fb0d5a59a41c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4817a04449a74f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d30fd44ba1b40f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dcb33292934215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4817a04449a74f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f72de9ad25a460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d30fd44ba1b40f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,310</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,170</x:t>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>102,650</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>103,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>