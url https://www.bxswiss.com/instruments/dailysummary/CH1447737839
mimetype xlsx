--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317fb0d5a59a41c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb1008b69564604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d30fd44ba1b40f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3500cc57839e4024"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f72de9ad25a460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d30fd44ba1b40f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37bc91b5bb014eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3500cc57839e4024" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>