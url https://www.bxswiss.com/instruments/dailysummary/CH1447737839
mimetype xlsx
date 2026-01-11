--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb1008b69564604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c88381b7a64397" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3500cc57839e4024"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78bf7aadfeb4cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37bc91b5bb014eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3500cc57839e4024" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7740eb8652114c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78bf7aadfeb4cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>102,130</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>102,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,580</x:t>
-[...16 lines deleted...]
-          <x:t>102,660</x:t>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,640</x:t>
-[...16 lines deleted...]
-          <x:t>102,820</x:t>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>103,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,960</x:t>
-[...6 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,840</x:t>
-[...242 lines deleted...]
-          <x:t>102,670</x:t>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>