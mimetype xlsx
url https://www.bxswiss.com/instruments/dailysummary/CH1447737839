--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c88381b7a64397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac6f9a652784cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78bf7aadfeb4cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83a62e6b4e484eae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7740eb8652114c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78bf7aadfeb4cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7b78969e00b4952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83a62e6b4e484eae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>102,300</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>102,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>102,560</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,480</x:t>
-[...247 lines deleted...]
-          <x:t>103,315</x:t>
+          <x:t>102,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>