--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac6f9a652784cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e5cf0508eb54478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83a62e6b4e484eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3150182cca984e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7b78969e00b4952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83a62e6b4e484eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e28cc7b8bb44a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3150182cca984e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>101,755</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,295</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>101,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>102,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>