--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd84c4ebffbbb443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276e0e6edbee43b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad5ab203d7842ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46c99db204d4008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35a03457004497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad5ab203d7842ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d6ec6903294cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46c99db204d4008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,920</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>93,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,080</x:t>
-[...11 lines deleted...]
-          <x:t>93,330</x:t>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,920</x:t>
-[...53 lines deleted...]
-          <x:t>91,980</x:t>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,940</x:t>
-[...117 lines deleted...]
-          <x:t>93,220</x:t>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>