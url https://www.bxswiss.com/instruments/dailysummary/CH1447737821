--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276e0e6edbee43b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eea65848b844610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46c99db204d4008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e3ec77df004baf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d6ec6903294cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46c99db204d4008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52ff8aeeff694853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e3ec77df004baf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>91,790</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,190</x:t>
-[...97 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,130</x:t>
-[...414 lines deleted...]
-          <x:t>92,380</x:t>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>