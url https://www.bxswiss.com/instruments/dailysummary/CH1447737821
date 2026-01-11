--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eea65848b844610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df60fbd72cf4c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e3ec77df004baf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb25466b1ea64f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52ff8aeeff694853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e3ec77df004baf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd320a0cb8a44b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb25466b1ea64f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,830</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>94,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>94,680</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,270</x:t>
-[...227 lines deleted...]
-          <x:t>93,890</x:t>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,110</x:t>
-[...6 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,570</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>94,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>