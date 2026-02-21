--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df60fbd72cf4c04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb96424374a45bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb25466b1ea64f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R149ec215a9e54aac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd320a0cb8a44b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb25466b1ea64f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5dd8806f7e4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R149ec215a9e54aac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>93,570</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,570</x:t>
-[...21 lines deleted...]
-          <x:t>93,970</x:t>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,310</x:t>
-[...70 lines deleted...]
-          <x:t>93,660</x:t>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,730</x:t>
-[...65 lines deleted...]
-          <x:t>93,940</x:t>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,560</x:t>
-[...247 lines deleted...]
-          <x:t>93,570</x:t>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>