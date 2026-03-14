--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb96424374a45bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29f59d8d91d846c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R149ec215a9e54aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d94ca2bff547d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5dd8806f7e4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R149ec215a9e54aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab302ce6b3e4462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d94ca2bff547d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>92,150</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,860</x:t>
-[...178 lines deleted...]
-          <x:t>90,330</x:t>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,090</x:t>
-[...97 lines deleted...]
-          <x:t>90,720</x:t>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,940</x:t>
-[...65 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,610</x:t>
-[...144 lines deleted...]
-          <x:t>93,140</x:t>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>