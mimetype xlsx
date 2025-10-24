--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1346445adb5a4b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44279f2da1074816" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb413decf8314620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2486a09ac364b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d4e68545a0d46c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb413decf8314620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a04761da7434d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2486a09ac364b39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>7,065</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,955</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>7,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,595</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,005</x:t>
-[...198 lines deleted...]
-          <x:t>8,085</x:t>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>