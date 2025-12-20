--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44279f2da1074816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d68a4d4161f4736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2486a09ac364b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2af847f6bfe41ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a04761da7434d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2486a09ac364b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a111f2bb44d4a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2af847f6bfe41ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>8,005</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,845</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>7,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>8,235</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,075</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>7,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,015</x:t>
-[...161 lines deleted...]
-          <x:t>8,795</x:t>
+          <x:t>8,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>