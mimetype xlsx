--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d68a4d4161f4736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd7e1956b21451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2af847f6bfe41ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba61746272c8429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a111f2bb44d4a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2af847f6bfe41ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c19de3cb06c4173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba61746272c8429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,415</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,945</x:t>
-[...43 lines deleted...]
-          <x:t>8,245</x:t>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,815</x:t>
-[...102 lines deleted...]
-          <x:t>8,525</x:t>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,505</x:t>
-[...6 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,515</x:t>
-[...441 lines deleted...]
-          <x:t>8,345</x:t>
+          <x:t>8,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>