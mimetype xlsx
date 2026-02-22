--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd7e1956b21451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442b434253d946b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba61746272c8429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ff0de9d1b5649e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c19de3cb06c4173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba61746272c8429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83cf4a46abcf4a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ff0de9d1b5649e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,155</x:t>
-[...21 lines deleted...]
-          <x:t>8,775</x:t>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>8,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>