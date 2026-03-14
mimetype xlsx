--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442b434253d946b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ebf48eaedc4b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ff0de9d1b5649e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca645a4d25cc4b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83cf4a46abcf4a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ff0de9d1b5649e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10bfe553657d4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca645a4d25cc4b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>8,195</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,135</x:t>
-[...264 lines deleted...]
-          <x:t>7,295</x:t>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,275</x:t>
-[...279 lines deleted...]
-          <x:t>7,155</x:t>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>