--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87c0777fdc6490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd240ba4c1a04ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ca4041062f4a87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbfb3e01e55b49cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0644356df174a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ca4041062f4a87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0062d7e32c5a4722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbfb3e01e55b49cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,935</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...21 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...16 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,975</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>