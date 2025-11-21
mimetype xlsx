--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd240ba4c1a04ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a53b5952c6f4b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbfb3e01e55b49cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb444450fab0a4a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0062d7e32c5a4722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbfb3e01e55b49cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4badc0646e4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb444450fab0a4a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>07.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...129 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>1,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>