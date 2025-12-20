--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a53b5952c6f4b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb866dfa7445e4baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb444450fab0a4a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d7aa54bd3845f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4badc0646e4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb444450fab0a4a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7392e975a299405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d7aa54bd3845f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,365</x:t>
-[...630 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>