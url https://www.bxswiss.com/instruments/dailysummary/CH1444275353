--- v3 (2025-12-20)
+++ v4 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb866dfa7445e4baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee8380fd35b4fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d7aa54bd3845f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab80442112b4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7392e975a299405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d7aa54bd3845f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b49330322f34d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab80442112b4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>