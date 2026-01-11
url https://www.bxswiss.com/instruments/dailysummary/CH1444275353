--- v4 (2025-12-20)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee8380fd35b4fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29423a48fbc74aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab80442112b4b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22168e4bf8a146ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b49330322f34d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab80442112b4b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d2285c64a94e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22168e4bf8a146ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,225</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...21 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>1,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>