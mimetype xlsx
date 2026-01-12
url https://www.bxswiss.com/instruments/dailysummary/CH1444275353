--- v5 (2026-01-11)
+++ v6 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29423a48fbc74aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8148650aff5f4584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22168e4bf8a146ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311add65d1494bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d2285c64a94e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22168e4bf8a146ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e049129937415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311add65d1494bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>