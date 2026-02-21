--- v6 (2026-01-12)
+++ v7 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8148650aff5f4584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c7374f2c0e47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311add65d1494bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27e98291d37a49a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e049129937415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311add65d1494bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5026b74540f84309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27e98291d37a49a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>2,340</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>