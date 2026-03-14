--- v7 (2026-02-21)
+++ v8 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c7374f2c0e47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62bdbf0f30234516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27e98291d37a49a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca9ca3aadf144754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5026b74540f84309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27e98291d37a49a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd12c2b3d74c0451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca9ca3aadf144754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1444275353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,545</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,850</x:t>
-[...16 lines deleted...]
-          <x:t>2,885</x:t>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,840</x:t>
-[...141 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,095</x:t>
-[...387 lines deleted...]
-          <x:t>3,230</x:t>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>