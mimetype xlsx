--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b8b3f3234341bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb40bf980cfb4769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6576b49a6e2a4087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f74afa3c9f472c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c8289a7c219415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6576b49a6e2a4087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58b6011c46140a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f74afa3c9f472c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.29% p.a. Multi Reverse Convertible on Nvidia, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438103801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>97,890</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,830</x:t>
-[...485 lines deleted...]
-          <x:t>97,980</x:t>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>98,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>