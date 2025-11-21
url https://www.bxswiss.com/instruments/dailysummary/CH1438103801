--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb40bf980cfb4769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea96826d6eff4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f74afa3c9f472c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1d760dec084724"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58b6011c46140a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f74afa3c9f472c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a58385999c04067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1d760dec084724" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.29% p.a. Multi Reverse Convertible on Nvidia, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438103801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>97,280</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,040</x:t>
-[...107 lines deleted...]
-          <x:t>95,830</x:t>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>