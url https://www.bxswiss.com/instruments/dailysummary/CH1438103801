--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea96826d6eff4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d571aaa7814efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1d760dec084724"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e521b47583c42ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a58385999c04067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1d760dec084724" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72de334416ef415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e521b47583c42ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.29% p.a. Multi Reverse Convertible on Nvidia, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438103801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>86,030</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>