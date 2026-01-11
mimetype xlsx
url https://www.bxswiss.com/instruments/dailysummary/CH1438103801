--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d571aaa7814efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd657213f98034c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e521b47583c42ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb40afe84bf746dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72de334416ef415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e521b47583c42ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c9db38510c46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb40afe84bf746dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.29% p.a. Multi Reverse Convertible on Nvidia, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438103801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>83,140</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,320</x:t>
-[...80 lines deleted...]
-          <x:t>80,100</x:t>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...370 lines deleted...]
-          <x:t>82,150</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>