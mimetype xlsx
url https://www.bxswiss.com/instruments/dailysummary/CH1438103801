--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd657213f98034c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2634a871fb44346" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb40afe84bf746dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7989fc41a1a14d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c9db38510c46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb40afe84bf746dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf325f41bb32a4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7989fc41a1a14d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.29% p.a. Multi Reverse Convertible on Nvidia, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438103801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,880</x:t>
-[...26 lines deleted...]
-          <x:t>83,480</x:t>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>80,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>81,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>