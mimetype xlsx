--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2634a871fb44346" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77821f80e8c84058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7989fc41a1a14d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d1358937694bc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf325f41bb32a4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7989fc41a1a14d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc295921116f64c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d1358937694bc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.29% p.a. Multi Reverse Convertible on Nvidia, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438103801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>81,380</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,340</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>82,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,620</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>