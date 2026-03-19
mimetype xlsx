--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77821f80e8c84058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7282fce7dddf4073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d1358937694bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070ee05fc5f145e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc295921116f64c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d1358937694bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c2e49abeff448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070ee05fc5f145e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.29% p.a. Multi Reverse Convertible on Nvidia, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438103801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>72,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>74,020</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>