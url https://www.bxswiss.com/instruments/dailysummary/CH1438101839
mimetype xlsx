--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33198c2834a94845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a18009c873346e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7b1475183d49cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96f9d4d41e145ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fc9052737e54227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7b1475183d49cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06e3e5a800e418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96f9d4d41e145ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>