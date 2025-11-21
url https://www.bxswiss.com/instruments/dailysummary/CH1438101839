--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a18009c873346e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b21270a04948b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96f9d4d41e145ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5deb00bc55364a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06e3e5a800e418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96f9d4d41e145ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e80f112304a44e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5deb00bc55364a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,885</x:t>
-[...53 lines deleted...]
-          <x:t>100,725</x:t>
+          <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,075</x:t>
-[...387 lines deleted...]
-          <x:t>101,555</x:t>
+          <x:t>101,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>