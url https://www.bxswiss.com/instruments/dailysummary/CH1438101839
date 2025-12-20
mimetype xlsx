--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b21270a04948b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cf2b63c79d4072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5deb00bc55364a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed3b43c3cc8480b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e80f112304a44e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5deb00bc55364a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c4e7c24d8504e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed3b43c3cc8480b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>101,365</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,285</x:t>
-[...124 lines deleted...]
-          <x:t>101,535</x:t>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>101,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>101,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,375</x:t>
-[...281 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,315</x:t>
-[...112 lines deleted...]
-          <x:t>101,025</x:t>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>