--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cf2b63c79d4072" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ebc474b5284849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed3b43c3cc8480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4cebbb1bc774ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c4e7c24d8504e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed3b43c3cc8480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f496960f0a241cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4cebbb1bc774ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>