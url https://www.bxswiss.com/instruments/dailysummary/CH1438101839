--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ebc474b5284849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfd5980a56c4606" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4cebbb1bc774ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc310db96232744c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f496960f0a241cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4cebbb1bc774ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1a5ddb8e464fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc310db96232744c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>101,305</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,225</x:t>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,000</x:t>
-[...102 lines deleted...]
-          <x:t>101,645</x:t>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>102,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>