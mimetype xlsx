--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfd5980a56c4606" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd7e4c7ad1e44db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc310db96232744c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b7570d17c04068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1a5ddb8e464fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc310db96232744c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae03dd64bc134e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b7570d17c04068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>102,990</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,920</x:t>
-[...11 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>103,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,305</x:t>
-[...16 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>103,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>