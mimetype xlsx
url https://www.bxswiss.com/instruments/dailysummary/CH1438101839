--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd7e4c7ad1e44db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26185b244fa24532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b7570d17c04068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fdf3e52584e4c8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae03dd64bc134e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b7570d17c04068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6acd411eab90433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fdf3e52584e4c8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>103,235</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,145</x:t>
-[...517 lines deleted...]
-          <x:t>104,710</x:t>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>