--- v0 (2025-10-28)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45741620c744567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c9a1b53d7ed4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f41ba2272f47d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c73e4ea0da47f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0483a6854742a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f41ba2272f47d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5866681268f0459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c73e4ea0da47f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,670</x:t>
-[...107 lines deleted...]
-          <x:t>100,180</x:t>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,920</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,780</x:t>
-[...387 lines deleted...]
-          <x:t>97,760</x:t>
+          <x:t>99,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>