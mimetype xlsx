--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c9a1b53d7ed4e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44be9ed14b64080" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c73e4ea0da47f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf4aefbcbae4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5866681268f0459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c73e4ea0da47f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d4976ae89c41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf4aefbcbae4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,100</x:t>
-[...21 lines deleted...]
-          <x:t>99,030</x:t>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>99,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>