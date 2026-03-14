--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44be9ed14b64080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70cda3e1d40645bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf4aefbcbae4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea145fa33c4448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d4976ae89c41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf4aefbcbae4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46c73f0fdc84390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea145fa33c4448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438101540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,500</x:t>
-[...48 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,300</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>101,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>