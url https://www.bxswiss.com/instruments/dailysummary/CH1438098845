--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56fe1e857059475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8725d7322454efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7b231f065e43b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ac89f7c9824ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527c40fb89c54000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7b231f065e43b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4532975d97341ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ac89f7c9824ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discount Certificate on BASF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>37,770</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,610</x:t>
-[...11 lines deleted...]
-          <x:t>37,610</x:t>
+          <x:t>37,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>37,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,510</x:t>
-[...43 lines deleted...]
-          <x:t>37,460</x:t>
+          <x:t>37,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,230</x:t>
-[...16 lines deleted...]
-          <x:t>37,490</x:t>
+          <x:t>37,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,190</x:t>
-[...276 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,000</x:t>
-[...171 lines deleted...]
-          <x:t>36,460</x:t>
+          <x:t>38,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>