--- v1 (2025-11-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8725d7322454efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b9c478856ec4977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ac89f7c9824ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb177c5ecec234e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4532975d97341ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ac89f7c9824ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8d76f6c258f4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb177c5ecec234e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discount Certificate on BASF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,720</x:t>
-[...21 lines deleted...]
-          <x:t>37,430</x:t>
+          <x:t>37,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>37,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,240</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>38,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,760</x:t>
-[...4 lines deleted...]
-          <x:t>38,060</x:t>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>