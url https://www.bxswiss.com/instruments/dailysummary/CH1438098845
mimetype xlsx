--- v2 (2026-01-05)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b9c478856ec4977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5814149b49284059" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb177c5ecec234e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a37bb5356354d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8d76f6c258f4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb177c5ecec234e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra717c4140fb94bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a37bb5356354d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discount Certificate on BASF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,385</x:t>
-[...156 lines deleted...]
-          <x:t>38,090</x:t>
+          <x:t>38,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,920</x:t>
-[...85 lines deleted...]
-          <x:t>38,430</x:t>
+          <x:t>38,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>