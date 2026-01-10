--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef974f535f74f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6b0e9a33e24559" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58dde1926aa640b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b12be9a0a554c70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff318332d564627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58dde1926aa640b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aae592a394e430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b12be9a0a554c70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,685</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>102,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,330</x:t>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,940</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>102,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,050</x:t>
-[...274 lines deleted...]
-          <x:t>102,220</x:t>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>