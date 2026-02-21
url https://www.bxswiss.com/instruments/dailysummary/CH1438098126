--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6b0e9a33e24559" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28e6d2aa90b84c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b12be9a0a554c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ded766c90e426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aae592a394e430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b12be9a0a554c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7591b1c2e2a4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ded766c90e426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>102,970</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,820</x:t>
-[...65 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,030</x:t>
-[...9 lines deleted...]
-          <x:t>103,030</x:t>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>