--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c688260cbae4fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e64ec07071343fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9c27620816445d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R912edfcbc47c4afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1b215875d4422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9c27620816445d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7760d7af5c4ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R912edfcbc47c4afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,090</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,950</x:t>
-[...11 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,590</x:t>
-[...171 lines deleted...]
-          <x:t>94,050</x:t>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>