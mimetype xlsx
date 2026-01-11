--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e64ec07071343fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5652a30d1d4461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R912edfcbc47c4afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31cb2f633aec462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7760d7af5c4ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R912edfcbc47c4afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0134eb1fdf64180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31cb2f633aec462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>90,900</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>94,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,900</x:t>
-[...463 lines deleted...]
-          <x:t>92,490</x:t>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>