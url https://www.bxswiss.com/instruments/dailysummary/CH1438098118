--- v2 (2026-01-11)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5652a30d1d4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779c561dd30e4e07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31cb2f633aec462b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c598893a97249c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0134eb1fdf64180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31cb2f633aec462b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2f44169b44d423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c598893a97249c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>