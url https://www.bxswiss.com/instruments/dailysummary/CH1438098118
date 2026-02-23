--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779c561dd30e4e07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa266b1f203434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c598893a97249c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9cc8abcb8148b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2f44169b44d423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c598893a97249c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe558f1bec994da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9cc8abcb8148b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>