--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa266b1f203434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc155d5b575b4b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9cc8abcb8148b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc687743f7d0245cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe558f1bec994da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9cc8abcb8148b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4019313be44562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc687743f7d0245cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438098118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>102,010</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,010</x:t>
-[...146 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,370</x:t>
-[...97 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,650</x:t>
-[...97 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,830</x:t>
-[...117 lines deleted...]
-          <x:t>102,630</x:t>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>