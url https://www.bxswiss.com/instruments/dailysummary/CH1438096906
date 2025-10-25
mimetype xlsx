--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9ed919684584c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01a0265f5be4498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a46046fd48f4c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90973ae91514921"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d82ea1b6d074335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a46046fd48f4c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c36f84ac3404dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90973ae91514921" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Alcon, Galenica , Sika, Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438096906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>