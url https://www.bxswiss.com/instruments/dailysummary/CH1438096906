--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01a0265f5be4498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375e5656486a47da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90973ae91514921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8036570240a24709"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c36f84ac3404dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90973ae91514921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24aa153ead114656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8036570240a24709" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Alcon, Galenica , Sika, Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438096906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>86,880</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,550</x:t>
-[...43 lines deleted...]
-          <x:t>86,880</x:t>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,460</x:t>
-[...394 lines deleted...]
-          <x:t>86,530</x:t>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,690</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>86,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>