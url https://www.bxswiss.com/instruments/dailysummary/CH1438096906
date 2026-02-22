--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375e5656486a47da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48177f5f98949c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8036570240a24709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae51ac22e2648c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24aa153ead114656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8036570240a24709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5905057ec3645e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae51ac22e2648c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Alcon, Galenica , Sika, Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438096906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>85,690</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>