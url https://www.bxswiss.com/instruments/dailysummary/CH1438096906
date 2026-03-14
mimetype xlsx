--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48177f5f98949c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f28e9c3cb74cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae51ac22e2648c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b9cdf4b840426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5905057ec3645e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae51ac22e2648c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc00823fc1840e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b9cdf4b840426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Alcon, Galenica , Sika, Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438096906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>83,150</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>81,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-          <x:t>80,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,185</x:t>
-[...112 lines deleted...]
-          <x:t>81,500</x:t>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>