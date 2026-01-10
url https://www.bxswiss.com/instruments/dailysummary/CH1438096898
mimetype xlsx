--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c79f890ec5e4ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b5c225de88b4636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fb1a606ab9d45ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2be1f91ded449aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123219f938594d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fb1a606ab9d45ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa113afd19f24299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2be1f91ded449aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.14% p.a. Multi Reverse Convertible on ABB, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438096898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,740</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>