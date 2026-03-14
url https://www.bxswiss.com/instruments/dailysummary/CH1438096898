--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b5c225de88b4636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083a90f47de54ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2be1f91ded449aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bdc2d17b09e4918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa113afd19f24299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2be1f91ded449aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d6dcf8cdf741ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bdc2d17b09e4918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.14% p.a. Multi Reverse Convertible on ABB, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438096898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>78,935</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>