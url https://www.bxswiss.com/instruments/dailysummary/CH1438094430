--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f0a60cd7f2f4533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2055b10b9b4607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b216f54817b4894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2376f55abc34773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aedf5fc06c74580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b216f54817b4894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec21e42786dc4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2376f55abc34773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>99,790</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,870</x:t>
-[...146 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,845</x:t>
-[...31 lines deleted...]
-          <x:t>100,775</x:t>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,265</x:t>
-[...16 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>101,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,120</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,815</x:t>
-[...301 lines deleted...]
-          <x:t>102,210</x:t>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>