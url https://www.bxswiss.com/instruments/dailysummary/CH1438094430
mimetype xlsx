--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2055b10b9b4607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4692743e7bd74e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2376f55abc34773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffbaa2caecee403f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec21e42786dc4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2376f55abc34773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39b3dc16ec1c4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffbaa2caecee403f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>101,525</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>101,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,835</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,400</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>