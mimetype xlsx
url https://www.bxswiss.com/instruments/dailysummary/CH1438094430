--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4692743e7bd74e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34403c1c19df4b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffbaa2caecee403f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d8c5929e0b4965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39b3dc16ec1c4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffbaa2caecee403f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c94904507a4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d8c5929e0b4965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,405</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>