--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01cf596b7e2246f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf678c38003a4da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec84465600b4ce6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cfc07456a494a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40fbb1a607d3456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec84465600b4ce6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9dae91a9d3f4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cfc07456a494a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Infineon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>99,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,820</x:t>
-[...200 lines deleted...]
-          <x:t>97,280</x:t>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,170</x:t>
-[...38 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,380</x:t>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>99,400</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>