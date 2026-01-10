--- v1 (2025-10-24)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf678c38003a4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10edda5346e4339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cfc07456a494a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bcefc795ae74cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9dae91a9d3f4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cfc07456a494a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1003c0ec9e7045d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bcefc795ae74cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Infineon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>98,870</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>99,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>