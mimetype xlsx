--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10edda5346e4339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd06ba4cf7364676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bcefc795ae74cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R465d29591917409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1003c0ec9e7045d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bcefc795ae74cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2298613304394c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R465d29591917409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Infineon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,745</x:t>
-[...9 lines deleted...]
-          <x:t>101,745</x:t>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>