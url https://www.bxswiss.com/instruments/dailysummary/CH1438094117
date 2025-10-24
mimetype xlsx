--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c68f3c792c4d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30a70d2d8724fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da5caff9c254f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cdb77aa6017435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc9db26c0ae4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da5caff9c254f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c995afcb9d4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cdb77aa6017435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.64% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>94,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>96,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>