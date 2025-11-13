--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30a70d2d8724fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea172751ea04459" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cdb77aa6017435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb01ec46df34f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c995afcb9d4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cdb77aa6017435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7ced8661dc47b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb01ec46df34f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.64% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>