--- v2 (2025-11-13)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea172751ea04459" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b40548cfeb4ecc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb01ec46df34f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ef1443ee504db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7ced8661dc47b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb01ec46df34f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ace1c72a7d4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ef1443ee504db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.64% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,070</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>