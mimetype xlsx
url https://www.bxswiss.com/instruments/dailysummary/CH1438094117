--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b40548cfeb4ecc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b731ac5fe744afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ef1443ee504db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cd135e4e40a42e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ace1c72a7d4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ef1443ee504db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbc7940f3cf4fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cd135e4e40a42e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.64% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>75,135</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>74,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>74,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>75,175</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>