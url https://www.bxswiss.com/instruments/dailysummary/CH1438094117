--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b731ac5fe744afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47547a1218c04f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cd135e4e40a42e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aba343d2ee14b4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbc7940f3cf4fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cd135e4e40a42e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4475551956d043aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aba343d2ee14b4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.64% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,175</x:t>
-[...252 lines deleted...]
-          <x:t>72,845</x:t>
+          <x:t>73,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>