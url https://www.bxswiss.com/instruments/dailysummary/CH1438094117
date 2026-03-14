--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47547a1218c04f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1006d4284b5c4559" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aba343d2ee14b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raae7273ac81047b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4475551956d043aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aba343d2ee14b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb71b1a71e644c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raae7273ac81047b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.64% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,615</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,135</x:t>
-[...247 lines deleted...]
-          <x:t>66,010</x:t>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>