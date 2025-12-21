--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7e5d748b81490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9124095b816342ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1141e5dc06f34d4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21e86d606064440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c8dbf48a71f4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1141e5dc06f34d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc50edb62e78c47ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21e86d606064440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.41% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,280</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>