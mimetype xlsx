--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9124095b816342ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77ee9dd9cc80466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21e86d606064440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e09378d258e4713"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc50edb62e78c47ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21e86d606064440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4ffbb90b5741d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e09378d258e4713" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.41% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>84,770</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>79,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>80,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,350</x:t>
-[...16 lines deleted...]
-          <x:t>80,740</x:t>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,960</x:t>
-[...183 lines deleted...]
-          <x:t>80,640</x:t>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>79,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>