--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77ee9dd9cc80466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867bfa7a81f74baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e09378d258e4713"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c7281293d04ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4ffbb90b5741d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e09378d258e4713" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44469dd6a584600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c7281293d04ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.41% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>78,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>79,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>