--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867bfa7a81f74baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb32e3c825e841ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c7281293d04ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc3d3c8d7ea4371"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44469dd6a584600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c7281293d04ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5142e4fab8104ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc3d3c8d7ea4371" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.41% p.a. Multi Reverse Convertible on Novartis, Roche, Strategy, Swissquote, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1438094109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>70,865</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,275</x:t>
-[...16 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,240</x:t>
-[...198 lines deleted...]
-          <x:t>72,420</x:t>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>