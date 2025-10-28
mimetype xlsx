--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cdded68b7234e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra517cc4ff9874559" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84af3ba462984f9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8afc8a72cc684e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f50a7a65024b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84af3ba462984f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6024ffe756416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8afc8a72cc684e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.90% p.a. JB Barrier Reverse Convertible (70%) auf SAP SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,000</x:t>
-[...33 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>99,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,100</x:t>
-[...463 lines deleted...]
-          <x:t>98,100</x:t>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>