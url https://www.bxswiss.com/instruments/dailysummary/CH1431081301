--- v1 (2025-10-28)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra517cc4ff9874559" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a08ff2dc7424668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8afc8a72cc684e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bdbacd1b8b149d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6024ffe756416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8afc8a72cc684e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R691f86240aee4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bdbacd1b8b149d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.90% p.a. JB Barrier Reverse Convertible (70%) auf SAP SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>99,250</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>