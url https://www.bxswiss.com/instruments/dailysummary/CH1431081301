--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a08ff2dc7424668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f44f0fb5d44a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bdbacd1b8b149d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc23918667e406a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R691f86240aee4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bdbacd1b8b149d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8e6db45bce34b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc23918667e406a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.90% p.a. JB Barrier Reverse Convertible (70%) auf SAP SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,850</x:t>
-[...4 lines deleted...]
-          <x:t>91,400</x:t>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>94,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,650</x:t>
-[...114 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>95,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>95,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>