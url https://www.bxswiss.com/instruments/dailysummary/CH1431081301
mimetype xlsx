--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f44f0fb5d44a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e08f2891e047e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc23918667e406a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd373dffa9484b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8e6db45bce34b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc23918667e406a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1dce7298bfc44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd373dffa9484b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.90% p.a. JB Barrier Reverse Convertible (70%) auf SAP SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>94,700</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>96,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>