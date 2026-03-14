--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e08f2891e047e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b01a59b036470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd373dffa9484b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40591a5cd8d44377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1dce7298bfc44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd373dffa9484b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3155cf96dcf4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40591a5cd8d44377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.90% p.a. JB Barrier Reverse Convertible (70%) auf SAP SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>74,700</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>71,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>