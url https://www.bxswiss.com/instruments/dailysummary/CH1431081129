--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62f79be080040bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d84267297da4101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b8000396c44830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e25ea7195b54727"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce4d5e6125b4e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b8000396c44830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c8bf0ece9e248b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e25ea7195b54727" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (70%) auf adidas AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,700</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>