--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d84267297da4101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101ab7c2fe654ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e25ea7195b54727"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf85d5f5351364532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c8bf0ece9e248b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e25ea7195b54727" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf047e3a4684179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf85d5f5351364532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (70%) auf adidas AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,400</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>76,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,800</x:t>
-[...85 lines deleted...]
-          <x:t>74,900</x:t>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>76,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,000</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>76,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>