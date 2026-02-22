--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101ab7c2fe654ee1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1f3c4b429b4605" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf85d5f5351364532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba22921df8cb4929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf047e3a4684179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf85d5f5351364532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6fd0545e5c44ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba22921df8cb4929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (70%) auf adidas AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1431081129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>77,000</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>