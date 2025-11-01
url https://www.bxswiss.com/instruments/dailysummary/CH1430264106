--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a20563a11114819" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5546e34cf72446f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3cc293895a4431c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R601e879e9c5749de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74d6157283342cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3cc293895a4431c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab03b6bb09746af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R601e879e9c5749de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ABB AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430264106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,420</x:t>
-[...16 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,440</x:t>
-[...183 lines deleted...]
-          <x:t>1,340</x:t>
+          <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,330</x:t>
-[...97 lines deleted...]
-          <x:t>1,400</x:t>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,380</x:t>
-[...43 lines deleted...]
-          <x:t>1,430</x:t>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,400</x:t>
-[...16 lines deleted...]
-          <x:t>1,390</x:t>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,390</x:t>
-[...26 lines deleted...]
-          <x:t>1,550</x:t>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,690</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>1,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>