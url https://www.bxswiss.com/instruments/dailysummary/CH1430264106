--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5546e34cf72446f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e7507a1e3ec4cb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R601e879e9c5749de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recee3cac6cf641bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab03b6bb09746af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R601e879e9c5749de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0dff73295e4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recee3cac6cf641bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ABB AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430264106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,470</x:t>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>1,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>