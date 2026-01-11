--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e7507a1e3ec4cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8281348a7ea14975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recee3cac6cf641bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30fa1cd5d0bc4111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0dff73295e4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recee3cac6cf641bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a5cb0ec7524c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30fa1cd5d0bc4111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ABB AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430264106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>1,360</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,410</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>1,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,520</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>