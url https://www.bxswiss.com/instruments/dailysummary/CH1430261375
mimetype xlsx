--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4586230fbd934a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f5197ed40646c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c8d65cb0a44a4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4f86a72ae8404c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb284e878fd4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c8d65cb0a44a4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65e9938a0314b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4f86a72ae8404c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430261375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>