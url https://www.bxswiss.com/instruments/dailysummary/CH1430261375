--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f5197ed40646c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd49544459f2f4697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4f86a72ae8404c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8110d569b9448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65e9938a0314b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4f86a72ae8404c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f875ef69cc4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8110d569b9448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430261375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,825</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,805</x:t>
-[...146 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...102 lines deleted...]
-          <x:t>2,265</x:t>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,125</x:t>
-[...26 lines deleted...]
-          <x:t>2,225</x:t>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>2,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>