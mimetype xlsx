--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd49544459f2f4697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf9b466920c34a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8110d569b9448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11cbb9105abb40f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f875ef69cc4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8110d569b9448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc29a81e6862d4c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11cbb9105abb40f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430261375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>