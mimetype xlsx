--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf9b466920c34a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a7d489dea14894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11cbb9105abb40f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75868371ff86440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc29a81e6862d4c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11cbb9105abb40f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32620f0afdac4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75868371ff86440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430261375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>3,045</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,045</x:t>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,095</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...11 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,455</x:t>
-[...85 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,335</x:t>
-[...65 lines deleted...]
-          <x:t>3,240</x:t>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,025</x:t>
-[...301 lines deleted...]
-          <x:t>3,465</x:t>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>