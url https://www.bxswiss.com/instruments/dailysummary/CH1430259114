--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52d436925b0431b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20c977fbcb74d36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99675eaf0a7e4e8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4b0a8844d749a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc56e5be95b4444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99675eaf0a7e4e8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202e4d51e9564fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4b0a8844d749a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf DAX®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430259114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,715</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,675</x:t>
-[...620 lines deleted...]
-          <x:t>2,835</x:t>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>