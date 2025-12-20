--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20c977fbcb74d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca38eab77e24840" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4b0a8844d749a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413e3d1c90554b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202e4d51e9564fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4b0a8844d749a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180f79efda15435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413e3d1c90554b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf DAX®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430259114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,075</x:t>
-[...26 lines deleted...]
-          <x:t>3,615</x:t>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...593 lines deleted...]
-          <x:t>3,195</x:t>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>