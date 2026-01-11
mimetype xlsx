--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca38eab77e24840" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3be90f83750e4f86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413e3d1c90554b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172a575165664ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180f79efda15435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413e3d1c90554b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723420226e88420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172a575165664ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf DAX®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430259114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>3,485</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,345</x:t>
-[...21 lines deleted...]
-          <x:t>3,085</x:t>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>3,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>2,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>