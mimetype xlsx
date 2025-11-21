--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recc30b62b77a4c14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8f98078dc14abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94938c557bc3460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0323335705454550"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862071c4224e489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94938c557bc3460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ec88e5b6e64e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0323335705454550" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430258454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,995</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>