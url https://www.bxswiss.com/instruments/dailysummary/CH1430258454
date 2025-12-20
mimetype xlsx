--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8f98078dc14abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96555db22a444fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0323335705454550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R794a498b5bf14394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ec88e5b6e64e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0323335705454550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02fb51a97f1246d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R794a498b5bf14394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430258454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...203 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>2,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,605</x:t>
-[...124 lines deleted...]
-          <x:t>2,885</x:t>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,725</x:t>
-[...193 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>