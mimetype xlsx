--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96555db22a444fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e68407d9c54519" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R794a498b5bf14394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ce594b8a7a94edd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02fb51a97f1246d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R794a498b5bf14394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dbaba88578f4711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ce594b8a7a94edd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430258454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>