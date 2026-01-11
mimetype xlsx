--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e68407d9c54519" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd794efea86454b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ce594b8a7a94edd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe3eebf12dd40d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dbaba88578f4711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ce594b8a7a94edd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3838431b1c4f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe3eebf12dd40d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1430258454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,424 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,535</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>2,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>