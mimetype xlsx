--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38175593bade4c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01ad6a3c1fa4393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0a1a8343aa4acc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb6555558094a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d6589545eed4af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0a1a8343aa4acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8ba7009a8c467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb6555558094a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423931091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,445</x:t>
-[...21 lines deleted...]
-          <x:t>101,505</x:t>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,465</x:t>
-[...26 lines deleted...]
-          <x:t>101,445</x:t>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>101,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>101,940</x:t>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,775</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>101,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,665</x:t>
-[...161 lines deleted...]
-          <x:t>101,175</x:t>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>101,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>