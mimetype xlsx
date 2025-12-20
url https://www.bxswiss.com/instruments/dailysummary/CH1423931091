--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01ad6a3c1fa4393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d909f67fcf473b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb6555558094a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60eceb633d5947f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8ba7009a8c467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb6555558094a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c9ec33a4a44124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60eceb633d5947f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423931091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>100,230</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>99,770</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>