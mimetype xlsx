--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d909f67fcf473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3c958c91d44554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60eceb633d5947f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc43ee4463ac746f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c9ec33a4a44124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60eceb633d5947f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8d73daeb4241f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc43ee4463ac746f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423931091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,735</x:t>
-[...21 lines deleted...]
-          <x:t>100,665</x:t>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>100,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,360</x:t>
-[...124 lines deleted...]
-          <x:t>100,905</x:t>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,685</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,925</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>