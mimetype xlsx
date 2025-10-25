--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867b68fea3084897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e08342f5e3491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77cf56a643114c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c51b2d001024f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2500938a7a094866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77cf56a643114c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452e963475da4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c51b2d001024f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423931018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,670</x:t>
-[...394 lines deleted...]
-          <x:t>102,970</x:t>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,970</x:t>
-[...139 lines deleted...]
-          <x:t>103,315</x:t>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>