--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e08342f5e3491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b398ab63fa4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c51b2d001024f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85eed0f752454cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452e963475da4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c51b2d001024f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc5047392c94f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85eed0f752454cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423931018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>103,050</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,000</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>102,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,235</x:t>
-[...409 lines deleted...]
-          <x:t>102,730</x:t>
+          <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>101,910</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>