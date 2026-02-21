--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b398ab63fa4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028a9bc3b17d4ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85eed0f752454cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb3078940784eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc5047392c94f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85eed0f752454cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877ad24e74c042e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb3078940784eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423931018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,610</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>