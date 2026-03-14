--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028a9bc3b17d4ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5b69b8e1554e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb3078940784eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ca68e6ac43546ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877ad24e74c042e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb3078940784eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610d3bec60584d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ca68e6ac43546ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423931018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>100,665</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>100,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,240</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>101,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>