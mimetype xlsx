--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0217fd36044d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe927d403374db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a681b726f514e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6203f1e8d1ce45c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14d072c9298743d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a681b726f514e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cecf3e5856a4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6203f1e8d1ce45c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on NASDAQ-100 Index®, S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423929921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,550</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,620</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>