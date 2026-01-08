--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe927d403374db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ce549ca5a944a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6203f1e8d1ce45c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2ca2fe439245c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cecf3e5856a4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6203f1e8d1ce45c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04da6fe24858401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2ca2fe439245c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on NASDAQ-100 Index®, S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423929921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,890</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>