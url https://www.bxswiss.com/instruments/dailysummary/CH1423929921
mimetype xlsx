--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ce549ca5a944a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b590313dd8046f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2ca2fe439245c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7330289a7344ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04da6fe24858401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2ca2fe439245c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8454fc4deb614441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7330289a7344ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on NASDAQ-100 Index®, S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423929921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,440</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>