--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b590313dd8046f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b2a15f5ad74f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7330289a7344ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a04ecd8acb04e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8454fc4deb614441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7330289a7344ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84f62d83a444340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a04ecd8acb04e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on NASDAQ-100 Index®, S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423929921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>