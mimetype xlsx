--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b98cfca872949f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06cb6bafe6454bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727c1911d32d42bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5603cf90f5404f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf38db75a1c34235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727c1911d32d42bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb17e9bd515e4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5603cf90f5404f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>95,660</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,440</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,920</x:t>
-[...198 lines deleted...]
-          <x:t>95,670</x:t>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>