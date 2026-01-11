--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06cb6bafe6454bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra768950f1add4b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5603cf90f5404f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d4c8bdd8ce4bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb17e9bd515e4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5603cf90f5404f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc567212b47941a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d4c8bdd8ce4bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,630</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>