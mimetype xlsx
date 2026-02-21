--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra768950f1add4b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46469f97e2fb46bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d4c8bdd8ce4bc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R976b1a12fbd146d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc567212b47941a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d4c8bdd8ce4bc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62113416a83740bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R976b1a12fbd146d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,570</x:t>
-[...21 lines deleted...]
-          <x:t>99,820</x:t>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,690</x:t>
-[...16 lines deleted...]
-          <x:t>100,370</x:t>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>100,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>100,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,825</x:t>
-[...11 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,185</x:t>
-[...21 lines deleted...]
-          <x:t>100,925</x:t>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,905</x:t>
-[...274 lines deleted...]
-          <x:t>102,060</x:t>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>