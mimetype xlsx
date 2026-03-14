--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46469f97e2fb46bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b1c927505694d42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R976b1a12fbd146d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05bb0dffea8407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62113416a83740bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R976b1a12fbd146d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f4657f7e6142e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05bb0dffea8407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>100,510</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,460</x:t>
-[...11 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,195</x:t>
-[...345 lines deleted...]
-          <x:t>101,155</x:t>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,155</x:t>
-[...11 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,515</x:t>
-[...16 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,555</x:t>
-[...171 lines deleted...]
-          <x:t>101,365</x:t>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>