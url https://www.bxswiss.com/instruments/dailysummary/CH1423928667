--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7250a6e31b4b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf7dcee4a4648cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9b7274d3cd1460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d6dfa625dea42c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad897f9fd6684faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9b7274d3cd1460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c5c5bc71e0947d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d6dfa625dea42c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,695</x:t>
-[...43 lines deleted...]
-          <x:t>101,835</x:t>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>103,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>