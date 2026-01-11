--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf7dcee4a4648cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a85baa914f425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d6dfa625dea42c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab4d73605f3543d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c5c5bc71e0947d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d6dfa625dea42c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20d56a1ae914e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab4d73605f3543d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,130</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>