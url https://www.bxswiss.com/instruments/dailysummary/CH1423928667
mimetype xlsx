--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a85baa914f425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb637e868dd64593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab4d73605f3543d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e167b575812470b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20d56a1ae914e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab4d73605f3543d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ecec87b08644f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e167b575812470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,900</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>