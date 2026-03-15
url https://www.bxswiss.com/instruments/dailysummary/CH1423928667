--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb637e868dd64593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5661b5cd697e4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e167b575812470b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741bb1d746c04839"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ecec87b08644f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e167b575812470b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa51167659d34b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741bb1d746c04839" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>100,370</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>101,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>