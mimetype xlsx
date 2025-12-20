--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5ffc9b83434d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb693ba4e7747fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae50af8c2124952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf99d8a92390469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc00f8b27640407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae50af8c2124952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a2cb83521c426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf99d8a92390469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>100,540</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>102,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>