--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb693ba4e7747fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e084e5594b44e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf99d8a92390469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a33db3f3134490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a2cb83521c426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf99d8a92390469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R328503223d604bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a33db3f3134490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>