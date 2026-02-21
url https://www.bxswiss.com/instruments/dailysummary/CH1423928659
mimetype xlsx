--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e084e5594b44e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8b3c24ef63468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a33db3f3134490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7fec11b00d43ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R328503223d604bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a33db3f3134490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9338986ecb78426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7fec11b00d43ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,840</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>96,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>