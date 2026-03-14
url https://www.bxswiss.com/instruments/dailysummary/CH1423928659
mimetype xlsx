--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8b3c24ef63468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb28fde806e4e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7fec11b00d43ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60661c1a879140be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9338986ecb78426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7fec11b00d43ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb41a1cc9194963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60661c1a879140be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423928659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,850</x:t>
-[...21 lines deleted...]
-          <x:t>94,120</x:t>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,120</x:t>
-[...38 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>94,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,090</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>95,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>