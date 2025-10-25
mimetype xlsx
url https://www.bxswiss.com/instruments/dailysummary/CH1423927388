--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb733023c65d24a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570a50e21d4d4eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e9994301844a83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727f45e07ed2485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R714f4fd3218d4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e9994301844a83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R538e7aff92dc4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727f45e07ed2485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423927388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,970</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...420 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,785</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>