--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570a50e21d4d4eeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9818d7c1ccb49da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727f45e07ed2485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db189c015454572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R538e7aff92dc4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727f45e07ed2485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3fe6b93c93b4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db189c015454572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423927388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,875</x:t>
-[...16 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,030</x:t>
-[...31 lines deleted...]
-          <x:t>101,695</x:t>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>100,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>