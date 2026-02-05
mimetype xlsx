--- v2 (2026-01-05)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9818d7c1ccb49da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f19a69a96534084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db189c015454572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a7ca10665c4d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3fe6b93c93b4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db189c015454572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ea2511310a4d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a7ca10665c4d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423927388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>101,910</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>102,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>