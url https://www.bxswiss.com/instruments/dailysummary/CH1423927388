--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f19a69a96534084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f22fb07b2e427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a7ca10665c4d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb229d6a5389431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ea2511310a4d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a7ca10665c4d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e3324eebff46f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb229d6a5389431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423927388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,600</x:t>
-[...26 lines deleted...]
-          <x:t>100,715</x:t>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,715</x:t>
-[...16 lines deleted...]
-          <x:t>100,805</x:t>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,805</x:t>
-[...16 lines deleted...]
-          <x:t>100,795</x:t>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,675</x:t>
-[...102 lines deleted...]
-          <x:t>100,390</x:t>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,400</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>100,480</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>100,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>