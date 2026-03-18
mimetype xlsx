--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f22fb07b2e427e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7391fb0eb4394173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb229d6a5389431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2305e4e92b45a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e3324eebff46f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb229d6a5389431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabb341b93a9b4bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2305e4e92b45a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423927388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,675</x:t>
+          <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>100,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,735</x:t>
-[...43 lines deleted...]
-          <x:t>100,705</x:t>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,550</x:t>
-[...70 lines deleted...]
-          <x:t>100,775</x:t>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>100,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>