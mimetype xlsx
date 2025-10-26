--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7087d369fbff41e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26de6b9aa4b4429c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4242ae0cdf284633"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd219bd41563b4d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edf67f1bc904b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4242ae0cdf284633" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3297aa3494164c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd219bd41563b4d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Multi Barrier Reverse Convertible on Leonteq European Equity TR Futures Decrement 3% Index, Leonteq Swiss Equity TR Futures Decrement 3% Index, Leonteq US Equity TR Futures Decrement 3% Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,920</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...435 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>99,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>99,350</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>