--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26de6b9aa4b4429c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3bef1b6c5504a8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd219bd41563b4d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f5902f436b42ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3297aa3494164c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd219bd41563b4d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9693b9dbcae54054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f5902f436b42ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Multi Barrier Reverse Convertible on Leonteq European Equity TR Futures Decrement 3% Index, Leonteq Swiss Equity TR Futures Decrement 3% Index, Leonteq US Equity TR Futures Decrement 3% Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>99,430</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>99,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>