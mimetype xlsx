--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3bef1b6c5504a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82582d8c5b51401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f5902f436b42ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc608f4e8a29c45c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9693b9dbcae54054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f5902f436b42ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3384ab541d54ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc608f4e8a29c45c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Multi Barrier Reverse Convertible on Leonteq European Equity TR Futures Decrement 3% Index, Leonteq Swiss Equity TR Futures Decrement 3% Index, Leonteq US Equity TR Futures Decrement 3% Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>99,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,690</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,080</x:t>
-[...31 lines deleted...]
-          <x:t>100,010</x:t>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>99,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>