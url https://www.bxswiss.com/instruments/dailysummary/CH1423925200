--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82582d8c5b51401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5845a795b243b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc608f4e8a29c45c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99780bda1fa44320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3384ab541d54ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc608f4e8a29c45c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb678845507b2489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99780bda1fa44320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Multi Barrier Reverse Convertible on Leonteq European Equity TR Futures Decrement 3% Index, Leonteq Swiss Equity TR Futures Decrement 3% Index, Leonteq US Equity TR Futures Decrement 3% Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>99,680</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>100,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>