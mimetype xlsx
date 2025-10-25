--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d92cf4dbc24699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98734e97ee114ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8393b60bb74cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23175e23939b4de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82913c75ca584b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8393b60bb74cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9a8240a0f44c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23175e23939b4de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,040</x:t>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,790</x:t>
-[...114 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>82,960</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>84,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>