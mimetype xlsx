--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98734e97ee114ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e65915d8ef54420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23175e23939b4de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d126bfebdd4ab6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9a8240a0f44c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23175e23939b4de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f00d6f78f5d488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d126bfebdd4ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>