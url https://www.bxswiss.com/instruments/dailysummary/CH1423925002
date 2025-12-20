--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e65915d8ef54420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0197a2f8d9ac4063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d126bfebdd4ab6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2df5a102e8f4e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f00d6f78f5d488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d126bfebdd4ab6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85af1262287948d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2df5a102e8f4e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...581 lines deleted...]
-          <x:t>67,345</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>73,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>