--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0197a2f8d9ac4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fc3274871d436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2df5a102e8f4e6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7b31cdf92b34ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85af1262287948d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2df5a102e8f4e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81eb5ab1f4d4be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7b31cdf92b34ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>67,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>