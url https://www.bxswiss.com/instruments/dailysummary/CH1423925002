--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fc3274871d436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173fd1787e76403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7b31cdf92b34ddb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R156a5226e4ab4042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81eb5ab1f4d4be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7b31cdf92b34ddb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c17d844a6984fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R156a5226e4ab4042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>