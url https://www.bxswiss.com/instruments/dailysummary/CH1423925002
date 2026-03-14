--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173fd1787e76403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0783e07baceb44e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R156a5226e4ab4042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61919063b2b24557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c17d844a6984fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R156a5226e4ab4042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d05f0df5224485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61919063b2b24557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423925002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>