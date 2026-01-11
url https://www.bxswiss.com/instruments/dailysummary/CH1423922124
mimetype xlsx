--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3732c874308d4a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d3c60e617f40ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R477538f09e9c4441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e92141cd584d3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R931a9410b20e4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R477538f09e9c4441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011be65e36b44e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e92141cd584d3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,200</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>