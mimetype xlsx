--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d3c60e617f40ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d096509dade4da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e92141cd584d3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655f97a818db44b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011be65e36b44e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e92141cd584d3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ebd3f8421a4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655f97a818db44b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>106,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>