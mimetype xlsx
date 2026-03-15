--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d096509dade4da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f96aa7dea24cf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655f97a818db44b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c941894fc364ba1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ebd3f8421a4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655f97a818db44b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa3c010f7f54040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c941894fc364ba1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>110,530</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>111,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,695</x:t>
-[...215 lines deleted...]
-          <x:t>114,295</x:t>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>