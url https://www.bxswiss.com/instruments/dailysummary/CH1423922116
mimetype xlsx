--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df1e3cdbdbf4712" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8611e7ab37264413" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78ef96925314b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ee43eadc7f4b1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9eda5007ec48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78ef96925314b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4aa79e5a48453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ee43eadc7f4b1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,680</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>