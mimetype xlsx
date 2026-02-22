--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8611e7ab37264413" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6320d1d4bc8a4765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ee43eadc7f4b1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb42775226fa4a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4aa79e5a48453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ee43eadc7f4b1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd245ad3b46473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb42775226fa4a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>102,150</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,640</x:t>
-[...63 lines deleted...]
-          <x:t>103,020</x:t>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>