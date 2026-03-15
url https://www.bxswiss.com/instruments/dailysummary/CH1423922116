--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6320d1d4bc8a4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f21175fc314325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb42775226fa4a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R612eef8339f04ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd245ad3b46473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb42775226fa4a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711abed466ee42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R612eef8339f04ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>