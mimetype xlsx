--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50fd926c6344db6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f792c368ee24306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdf10e56c0b4275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719e86447188423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6341aec27f534522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdf10e56c0b4275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056fb76778ca4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719e86447188423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>97,000</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,830</x:t>
-[...474 lines deleted...]
-        <x:is>
           <x:t>95,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>97,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>