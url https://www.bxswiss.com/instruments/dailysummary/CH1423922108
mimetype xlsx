--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f792c368ee24306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra063c1fe0c3e477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719e86447188423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c666d5054374380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056fb76778ca4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719e86447188423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518f947f977f48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c666d5054374380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,640</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>