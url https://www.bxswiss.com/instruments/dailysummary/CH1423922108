--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra063c1fe0c3e477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9d2a9a81c046e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c666d5054374380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b51c0e4ffac4025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518f947f977f48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c666d5054374380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ab228fd57f4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b51c0e4ffac4025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>104,480</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,480</x:t>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>