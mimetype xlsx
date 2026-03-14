--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9d2a9a81c046e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f477ffcbcf2448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b51c0e4ffac4025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b93d22acd6a41f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ab228fd57f4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b51c0e4ffac4025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0057ad2ee64508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b93d22acd6a41f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>107,230</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,505</x:t>
-[...355 lines deleted...]
-          <x:t>111,365</x:t>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>