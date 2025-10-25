--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd13f53d7d50243a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31778c9700c0444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d568e6a79f34ada"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345b9004aac14b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f95577f1d74537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d568e6a79f34ada" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8686bc47ff4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345b9004aac14b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>94,820</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,920</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,620</x:t>
-[...11 lines deleted...]
-          <x:t>94,690</x:t>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,500</x:t>
+          <x:t>94,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>94,960</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,840</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,390</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>