--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31778c9700c0444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5736322464ce4b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345b9004aac14b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f2457e2fdf4c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8686bc47ff4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345b9004aac14b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22123542e044af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f2457e2fdf4c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,840</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>