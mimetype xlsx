--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5736322464ce4b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90fb80bead6044fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f2457e2fdf4c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b18a71271d04ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22123542e044af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f2457e2fdf4c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920a42f71cec4377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b18a71271d04ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>102,560</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,560</x:t>
-[...254 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,450</x:t>
+          <x:t>104,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,885</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>104,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,470</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>