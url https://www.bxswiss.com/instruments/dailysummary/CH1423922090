--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90fb80bead6044fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8300998e72874d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b18a71271d04ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5228fcc18624c54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920a42f71cec4377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b18a71271d04ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c9fe10e1454695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5228fcc18624c54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>105,460</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>106,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>106,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>