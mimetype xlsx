--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8300998e72874d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f7d4aebbb1b4747" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5228fcc18624c54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181f13ccd67a4f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c9fe10e1454695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5228fcc18624c54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2088dbc9300b4988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181f13ccd67a4f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>107,880</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,170</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>