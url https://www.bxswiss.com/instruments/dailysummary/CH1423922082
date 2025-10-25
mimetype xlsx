--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4a5dfbc4f84738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a8c87ca0d74cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd71ca92260f144bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8009cad9b534c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabe764933be6458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd71ca92260f144bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b50fd7135824f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8009cad9b534c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,910</x:t>
-[...16 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,170</x:t>
-[...529 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,090</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>