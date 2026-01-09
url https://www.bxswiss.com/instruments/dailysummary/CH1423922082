--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a8c87ca0d74cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffdd34eb4ea4448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8009cad9b534c9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4526a07409354c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b50fd7135824f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8009cad9b534c9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc997aa0a6f246c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4526a07409354c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,090</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>