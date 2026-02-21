--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffdd34eb4ea4448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd34e0b4d2a34b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4526a07409354c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62aac03329445f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc997aa0a6f246c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4526a07409354c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87d0aafd4ff4629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62aac03329445f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>103,145</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,470</x:t>
-[...281 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,675</x:t>
-[...9 lines deleted...]
-          <x:t>103,395</x:t>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>