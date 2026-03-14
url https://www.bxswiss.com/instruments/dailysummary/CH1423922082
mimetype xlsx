--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd34e0b4d2a34b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7e84afbcf24ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62aac03329445f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7260ffa9d7c4487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87d0aafd4ff4629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62aac03329445f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee04ffbfc134c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7260ffa9d7c4487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>104,460</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>109,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>