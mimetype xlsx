--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8333157ae3844d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbff51472fa4e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e8c421812240ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06ea9379796495b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee52856273743f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e8c421812240ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeeb7be53fa84565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06ea9379796495b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,700</x:t>
-[...438 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,070</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>99,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,180</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>