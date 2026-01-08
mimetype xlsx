--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbff51472fa4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7f288a5238491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06ea9379796495b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef7eee5a8724f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeeb7be53fa84565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06ea9379796495b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ac523fec91414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef7eee5a8724f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,760</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>