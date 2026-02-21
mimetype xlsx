--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7f288a5238491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3842466c7734c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef7eee5a8724f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fafae13f86d43f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ac523fec91414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef7eee5a8724f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3387dfbb6274e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fafae13f86d43f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>100,855</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,465</x:t>
-[...9 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>