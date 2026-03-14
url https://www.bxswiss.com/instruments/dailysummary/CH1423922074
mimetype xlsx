--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3842466c7734c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398706718a1647b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fafae13f86d43f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5410a80c16484cfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3387dfbb6274e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fafae13f86d43f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2247f46c94dc40bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5410a80c16484cfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>103,295</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,225</x:t>
-[...43 lines deleted...]
-          <x:t>103,435</x:t>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,375</x:t>
-[...269 lines deleted...]
-          <x:t>104,490</x:t>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>