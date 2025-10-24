--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192a465bfb9341b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a445504b4ab4716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5650f18ba14cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68894701230c4111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d1795e29684359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5650f18ba14cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8ec6e9572464a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68894701230c4111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,020</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,960</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>96,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,190</x:t>
-[...16 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,450</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>