--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a445504b4ab4716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523ef08585414507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68894701230c4111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe5199d816847c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8ec6e9572464a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68894701230c4111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4dd711265104423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe5199d816847c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,570</x:t>
-[...117 lines deleted...]
-          <x:t>98,590</x:t>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>