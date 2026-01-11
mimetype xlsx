--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523ef08585414507" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143605f9aa4048e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe5199d816847c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83d61e9f3ee4ec6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4dd711265104423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe5199d816847c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b0efbedbbe4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83d61e9f3ee4ec6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,730</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,510</x:t>
-[...33 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,900</x:t>
-[...102 lines deleted...]
-          <x:t>100,430</x:t>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>100,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,280</x:t>
-[...328 lines deleted...]
-          <x:t>100,835</x:t>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>