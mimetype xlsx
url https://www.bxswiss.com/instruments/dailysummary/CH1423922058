--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143605f9aa4048e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8735c2d9c1b74021" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83d61e9f3ee4ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6649c1f28654435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b0efbedbbe4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83d61e9f3ee4ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb509757c31364b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6649c1f28654435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>101,085</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>100,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>101,960</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>