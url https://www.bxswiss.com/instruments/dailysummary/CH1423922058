--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8735c2d9c1b74021" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc60468a4864acc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6649c1f28654435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ab35150fdd489c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb509757c31364b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6649c1f28654435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4951f0635d284d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ab35150fdd489c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>102,730</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,590</x:t>
-[...43 lines deleted...]
-          <x:t>104,075</x:t>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>104,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,800</x:t>
-[...188 lines deleted...]
-          <x:t>106,215</x:t>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>