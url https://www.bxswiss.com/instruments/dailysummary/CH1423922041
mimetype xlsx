--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12601682f414c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d8e2acee064ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1d51d132ea44b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e99cc9dac341ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf347c07051f14571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1d51d132ea44b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42cc5da5c0d4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e99cc9dac341ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,470</x:t>
-[...117 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>