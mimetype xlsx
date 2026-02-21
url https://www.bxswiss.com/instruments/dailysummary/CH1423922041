--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d8e2acee064ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15019ca14c5846cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e99cc9dac341ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8340c3bf1624306"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42cc5da5c0d4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e99cc9dac341ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569070bc04934468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8340c3bf1624306" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>102,860</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>103,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>