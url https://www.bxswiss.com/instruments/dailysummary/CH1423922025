--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb6afa2263f4019" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf804a9d6aa9c49e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092d826f59b245ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30957c0a546f4459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R846887c788544862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092d826f59b245ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fdb63de57a4ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30957c0a546f4459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>95,660</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,470</x:t>
-[...97 lines deleted...]
-          <x:t>96,400</x:t>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>95,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>