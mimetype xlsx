--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf804a9d6aa9c49e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbfa32a98f24536" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30957c0a546f4459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aeb872c3875481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fdb63de57a4ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30957c0a546f4459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12491de6ff4e44e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aeb872c3875481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>96,960</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,770</x:t>
-[...16 lines deleted...]
-          <x:t>96,980</x:t>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>95,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>