--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbfa32a98f24536" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc012629ce10e4bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aeb872c3875481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R047bad9e61d44f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12491de6ff4e44e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aeb872c3875481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7d889aff7b47d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R047bad9e61d44f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,640</x:t>
-[...281 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>98,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>