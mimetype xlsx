--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc012629ce10e4bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc494c4c5adb34a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R047bad9e61d44f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22acf17fb97a4369"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7d889aff7b47d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R047bad9e61d44f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8bdaf41a97f448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22acf17fb97a4369" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,990</x:t>
-[...38 lines deleted...]
-          <x:t>98,320</x:t>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,990</x:t>
-[...274 lines deleted...]
-          <x:t>96,290</x:t>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>