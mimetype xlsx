--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc494c4c5adb34a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0f725ac7ce54dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22acf17fb97a4369"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a4b5a0f65b442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8bdaf41a97f448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22acf17fb97a4369" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05010b13ff5f42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a4b5a0f65b442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423922025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,950</x:t>
-[...360 lines deleted...]
-          <x:t>98,680</x:t>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>