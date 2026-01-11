--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5491eed646794b43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda06ff9a2d041e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eefc9ec542a4595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce041ca7d6a4131"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33f150f02824a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eefc9ec542a4595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd91af0c8278245d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce041ca7d6a4131" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,040</x:t>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,730</x:t>
-[...107 lines deleted...]
-          <x:t>94,680</x:t>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>