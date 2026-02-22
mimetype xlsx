--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda06ff9a2d041e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4340f4b8ad7d4049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce041ca7d6a4131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed0a3f97ce04394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd91af0c8278245d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce041ca7d6a4131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446d12e0ff7042d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed0a3f97ce04394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>96,790</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>17.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,950</x:t>
-[...306 lines deleted...]
-          <x:t>95,690</x:t>
+          <x:t>96,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>