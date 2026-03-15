--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4340f4b8ad7d4049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7fbf319a27e40de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed0a3f97ce04394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28d60f0946f346be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446d12e0ff7042d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed0a3f97ce04394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ee0c4de4a447ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28d60f0946f346be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>94,450</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,120</x:t>
-[...26 lines deleted...]
-          <x:t>94,200</x:t>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...559 lines deleted...]
-          <x:t>96,690</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>