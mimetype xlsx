--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0f13b8550743ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a717596ba0489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43d2043116fc4f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc006ce066e654fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c8ac290b824ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43d2043116fc4f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66d42ea5df548f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc006ce066e654fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>93,940</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,880</x:t>
-[...625 lines deleted...]
-          <x:t>95,380</x:t>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>