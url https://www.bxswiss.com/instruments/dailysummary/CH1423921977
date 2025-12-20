--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a717596ba0489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0159668ab84a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc006ce066e654fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra087961cd86b4b87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66d42ea5df548f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc006ce066e654fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc8a3077ba54298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra087961cd86b4b87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>95,330</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,330</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>97,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,490</x:t>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>95,850</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>