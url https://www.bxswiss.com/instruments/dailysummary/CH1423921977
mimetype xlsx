--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0159668ab84a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb4bd282caf46f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra087961cd86b4b87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ead4ae9d7e14600"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc8a3077ba54298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra087961cd86b4b87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1572cf30f31b4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ead4ae9d7e14600" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>97,060</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,060</x:t>
-[...43 lines deleted...]
-          <x:t>97,390</x:t>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,340</x:t>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,600</x:t>
-[...129 lines deleted...]
-          <x:t>97,890</x:t>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,440</x:t>
-[...323 lines deleted...]
-          <x:t>98,070</x:t>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>