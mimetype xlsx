--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb4bd282caf46f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf82714f15034f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ead4ae9d7e14600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5cd095ccbe84828"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1572cf30f31b4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ead4ae9d7e14600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3281b4b94c54092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5cd095ccbe84828" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,020</x:t>
-[...4 lines deleted...]
-          <x:t>97,770</x:t>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>98,210</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,780</x:t>
-[...274 lines deleted...]
-          <x:t>97,040</x:t>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>