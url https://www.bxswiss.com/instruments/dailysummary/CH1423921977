--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf82714f15034f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13ec65ed35f4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5cd095ccbe84828"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bff93149e574173"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3281b4b94c54092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5cd095ccbe84828" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd44166a599747e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bff93149e574173" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,780</x:t>
-[...549 lines deleted...]
-          <x:t>98,550</x:t>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>