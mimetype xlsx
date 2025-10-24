--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f6c1f1798648e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b4eb652d014629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad6bcd211ee49f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef53e8dfbce4b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11af04017d314119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad6bcd211ee49f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639f2a5e7df14232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef53e8dfbce4b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>93,270</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,010</x:t>
-[...517 lines deleted...]
-          <x:t>93,760</x:t>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>