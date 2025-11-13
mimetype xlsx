--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b4eb652d014629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad4fca635d34e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef53e8dfbce4b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd087af2d9bf346ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639f2a5e7df14232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef53e8dfbce4b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c06c8627d44755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd087af2d9bf346ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>92,330</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,130</x:t>
-[...264 lines deleted...]
-          <x:t>94,150</x:t>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,850</x:t>
-[...200 lines deleted...]
-          <x:t>93,810</x:t>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,810</x:t>
-[...139 lines deleted...]
-          <x:t>94,530</x:t>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>