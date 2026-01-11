--- v2 (2025-11-13)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad4fca635d34e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6db8091c63f41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd087af2d9bf346ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc34943577e43494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c06c8627d44755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd087af2d9bf346ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c71172690d44de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc34943577e43494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>93,810</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,810</x:t>
-[...11 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,810</x:t>
-[...26 lines deleted...]
-          <x:t>95,640</x:t>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,420</x:t>
-[...458 lines deleted...]
-          <x:t>95,590</x:t>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>