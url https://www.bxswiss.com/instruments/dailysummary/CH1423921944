--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6db8091c63f41ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a0bda3b919840f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc34943577e43494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad31eead56a4e94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c71172690d44de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc34943577e43494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7974e1b7ad4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad31eead56a4e94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>94,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>95,080</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,030</x:t>
-[...16 lines deleted...]
-          <x:t>95,740</x:t>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,570</x:t>
-[...80 lines deleted...]
-          <x:t>95,730</x:t>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>94,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>