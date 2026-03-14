--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a0bda3b919840f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dac9028fbea41ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad31eead56a4e94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cc0c6a8f7c4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7974e1b7ad4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad31eead56a4e94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc39dc3514074a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cc0c6a8f7c4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>94,020</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>95,140</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,950</x:t>
-[...350 lines deleted...]
-          <x:t>96,740</x:t>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>