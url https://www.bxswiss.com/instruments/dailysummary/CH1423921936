--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05eb4f4bddfd48d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21eb7aee97a4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfe696acbb84ae9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45e83f5888b4d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb884dfadc0154760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfe696acbb84ae9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re802badb4eac42bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45e83f5888b4d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,870</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>95,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,890</x:t>
-[...458 lines deleted...]
-          <x:t>95,450</x:t>
+          <x:t>94,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,840</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>95,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,400</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>95,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>