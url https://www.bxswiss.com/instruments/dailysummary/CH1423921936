--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21eb7aee97a4d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcf81b67a974e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45e83f5888b4d1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96a12cf41bc4919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re802badb4eac42bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45e83f5888b4d1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra375bb3702af4748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96a12cf41bc4919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>94,840</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>95,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,180</x:t>
-[...274 lines deleted...]
-          <x:t>95,400</x:t>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>