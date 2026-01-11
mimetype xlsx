--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcf81b67a974e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05f10722c2749a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96a12cf41bc4919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e86ce1f20fd4104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra375bb3702af4748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96a12cf41bc4919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd67e7127a14c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e86ce1f20fd4104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,350</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,630</x:t>
-[...33 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,960</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,880</x:t>
-[...399 lines deleted...]
-          <x:t>95,470</x:t>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,200</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>96,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>