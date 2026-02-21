--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05f10722c2749a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc7915246d224c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e86ce1f20fd4104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e023f9594a24393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd67e7127a14c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e86ce1f20fd4104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re775f438160a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e023f9594a24393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>94,790</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,570</x:t>
-[...16 lines deleted...]
-          <x:t>95,410</x:t>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,200</x:t>
-[...65 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,020</x:t>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,880</x:t>
-[...11 lines deleted...]
-          <x:t>95,770</x:t>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>96,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,810</x:t>
-[...274 lines deleted...]
-          <x:t>94,990</x:t>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>