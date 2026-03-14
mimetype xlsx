--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc7915246d224c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d45f2a24491447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e023f9594a24393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R159057b50bc74875"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re775f438160a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e023f9594a24393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a62160ce8d4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R159057b50bc74875" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423921936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,840</x:t>
-[...414 lines deleted...]
-          <x:t>96,000</x:t>
+          <x:t>94,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>