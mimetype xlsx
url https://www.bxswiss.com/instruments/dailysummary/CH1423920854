--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d5642091724581" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887e4a49a82f473d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f76c13f48cf4da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71d0dc90780b451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95f699d902d4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f76c13f48cf4da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd723adc43e2e4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71d0dc90780b451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.01% p.a. Multi Barrier Reverse Convertible on LVMH, Sanofi, Schneider Electric, TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423920854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>100,935</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,455</x:t>
-[...26 lines deleted...]
-          <x:t>101,645</x:t>
+          <x:t>101,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,175</x:t>
-[...107 lines deleted...]
-          <x:t>101,765</x:t>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>