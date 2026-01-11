--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887e4a49a82f473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20cad1de37d04d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71d0dc90780b451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4674a7adc3484698"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd723adc43e2e4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71d0dc90780b451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4283819196834232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4674a7adc3484698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.01% p.a. Multi Barrier Reverse Convertible on LVMH, Sanofi, Schneider Electric, TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423920854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,485</x:t>
+          <x:t>103,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>103,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>101,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>