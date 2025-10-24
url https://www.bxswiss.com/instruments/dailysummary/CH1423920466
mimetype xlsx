--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07df79a3f7614fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1b98d96b2854dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879391fb8a8440e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa69fefdeb94cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8881191a3ce74684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879391fb8a8440e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa777ce87c74b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa69fefdeb94cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on STOXX® Europe 600 Price Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423920466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,885</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>101,205</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>