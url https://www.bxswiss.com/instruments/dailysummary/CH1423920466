--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1b98d96b2854dc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252fc46369b34ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa69fefdeb94cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1784fa5aa34389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa777ce87c74b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa69fefdeb94cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf867bb2db5fd438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1784fa5aa34389" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on STOXX® Europe 600 Price Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423920466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>104,460</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,025</x:t>
-[...323 lines deleted...]
-          <x:t>105,220</x:t>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>