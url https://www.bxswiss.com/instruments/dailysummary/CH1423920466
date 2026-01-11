--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252fc46369b34ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb286dcb76b49e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1784fa5aa34389"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77c4752be714bca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf867bb2db5fd438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1784fa5aa34389" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42062126cc54e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77c4752be714bca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on STOXX® Europe 600 Price Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423920466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>105,815</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>08.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>107,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,175</x:t>
-[...119 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>108,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>108,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>