--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb286dcb76b49e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23cc02aaae3449ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77c4752be714bca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd889b01a634f7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42062126cc54e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77c4752be714bca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0ab686dedf4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd889b01a634f7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on STOXX® Europe 600 Price Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423920466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>112,150</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,755</x:t>
-[...85 lines deleted...]
-          <x:t>113,575</x:t>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>