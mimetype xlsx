--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23cc02aaae3449ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91f71d7b62ae453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd889b01a634f7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad971124933840f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0ab686dedf4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd889b01a634f7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c4b46f987b4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad971124933840f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on STOXX® Europe 600 Price Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423920466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>113,785</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,315</x:t>
-[...566 lines deleted...]
-          <x:t>118,745</x:t>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>