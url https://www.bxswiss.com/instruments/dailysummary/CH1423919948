--- v0 (2026-01-08)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e9b85d4305429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13eb28202cb847ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c8b68cb6a8d40cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra931f1a8d5eb4ef2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a0b8890fc34385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c8b68cb6a8d40cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf066587f95d4463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra931f1a8d5eb4ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,530</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>