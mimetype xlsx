--- v1 (2026-01-09)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13eb28202cb847ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270e4536029744c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra931f1a8d5eb4ef2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a87f6b38f04514"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf066587f95d4463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra931f1a8d5eb4ef2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9e6631d2d94020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a87f6b38f04514" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>82,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>90,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>