--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270e4536029744c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc88abbdefacc4783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a87f6b38f04514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re704c6ebf0ef4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9e6631d2d94020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a87f6b38f04514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfae4f89553524bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re704c6ebf0ef4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>84,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>89,360</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>