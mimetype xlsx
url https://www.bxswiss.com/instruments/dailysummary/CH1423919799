--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf64777955f4147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac40a251eee64def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6bf8dcd0b724db8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bb3356305e451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45e21d8475ea4150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6bf8dcd0b724db8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6521fe7fd8b54300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bb3356305e451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,840</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>99,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>99,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>99,830</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,780</x:t>
-[...485 lines deleted...]
-          <x:t>99,310</x:t>
+          <x:t>99,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>