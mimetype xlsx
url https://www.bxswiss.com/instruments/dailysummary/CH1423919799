--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac40a251eee64def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1dca1c4d7fa44ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bb3356305e451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f85965a04434de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6521fe7fd8b54300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bb3356305e451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d39366bea940c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f85965a04434de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>99,180</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,080</x:t>
-[...539 lines deleted...]
-          <x:t>99,700</x:t>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>