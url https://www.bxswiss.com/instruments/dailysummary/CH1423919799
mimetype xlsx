--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1dca1c4d7fa44ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a5a6ec23884d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f85965a04434de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f8a32fe89a74b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d39366bea940c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f85965a04434de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44beee45a394603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f8a32fe89a74b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,560</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>