--- v3 (2026-01-10)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a5a6ec23884d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600c88ada7bf4ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f8a32fe89a74b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141a3bbab8f64bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44beee45a394603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f8a32fe89a74b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00686a1d33954716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141a3bbab8f64bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>