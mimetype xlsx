--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600c88ada7bf4ade" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a97e2407ab44e06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141a3bbab8f64bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4234d7b32494cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00686a1d33954716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141a3bbab8f64bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1243eaf62b444060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4234d7b32494cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>91,830</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>91,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>