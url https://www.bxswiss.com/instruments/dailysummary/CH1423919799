--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a97e2407ab44e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7fdde7b27e4ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4234d7b32494cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19fff710f8f24282"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1243eaf62b444060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4234d7b32494cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc135ebf13bf4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19fff710f8f24282" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>